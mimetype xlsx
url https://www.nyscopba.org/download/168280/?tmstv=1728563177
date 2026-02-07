--- v0 (2025-10-27)
+++ v1 (2026-02-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Accounting\Accounting Scan\FORMS_and_Procedures\Expense Voucher\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Forms and Spreadsheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E0DEE399-5700-45EE-813F-4AE2E2897A9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B418A4A-9624-4FB4-8DDE-283A2DBFB306}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$B$2:$K$35</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -142,79 +142,79 @@
 Date(s)</t>
   </si>
   <si>
     <t xml:space="preserve">  ***  By Signing you are acknowledging all of the information contained herein is true and accurate  ***</t>
   </si>
   <si>
     <t>PLEASE PRINT CLEARLY  
 **ANY MISSING AND OR ILLEGIBLE INFORMATION MAY RESULT IN A DELAY IN PROCESSING YOUR REIMBURSEMENT**</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">New York State Correctional Officers &amp; Police Benevolent Association, Inc.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(888) 484-7279    20 Computer Drive West, Albany, NY   12205  (518) 427-1551   Fax: (518) 426-1635</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Per Diem
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>($74/overnight)</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Miles Driven
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>($0.70/mile)</t>
-[...13 lines deleted...]
-      <t>($74/overnight)</t>
+      <t>($0.72.5/mile)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -785,145 +785,145 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...70 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1373,564 +1373,564 @@
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K35"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+      <selection activeCell="B31" sqref="B31:K31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" customWidth="1"/>
     <col min="6" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.28515625" customWidth="1"/>
     <col min="11" max="11" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="18"/>
-      <c r="C2" s="42" t="s">
+      <c r="C2" s="51" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="43"/>
-[...5 lines deleted...]
-      <c r="J2" s="43"/>
+      <c r="D2" s="52"/>
+      <c r="E2" s="52"/>
+      <c r="F2" s="52"/>
+      <c r="G2" s="52"/>
+      <c r="H2" s="52"/>
+      <c r="I2" s="52"/>
+      <c r="J2" s="52"/>
       <c r="K2" s="6"/>
     </row>
     <row r="3" spans="2:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="17"/>
-      <c r="C3" s="44" t="s">
+      <c r="C3" s="53" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="45"/>
-[...5 lines deleted...]
-      <c r="J3" s="45"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="54"/>
+      <c r="F3" s="54"/>
+      <c r="G3" s="54"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="54"/>
+      <c r="J3" s="54"/>
       <c r="K3" s="30">
         <v>45646</v>
       </c>
     </row>
     <row r="4" spans="2:11" s="1" customFormat="1" ht="40.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B4" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E4" s="27" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="27" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="H4" s="46" t="s">
+      <c r="H4" s="55" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="47"/>
-[...1 lines deleted...]
-      <c r="K4" s="48"/>
+      <c r="I4" s="56"/>
+      <c r="J4" s="56"/>
+      <c r="K4" s="57"/>
     </row>
     <row r="5" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="5"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="8"/>
-      <c r="H5" s="31"/>
-[...2 lines deleted...]
-      <c r="K5" s="33"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+      <c r="K5" s="38"/>
     </row>
     <row r="6" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="14"/>
       <c r="C6" s="6"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="8"/>
-      <c r="H6" s="31"/>
-[...2 lines deleted...]
-      <c r="K6" s="33"/>
+      <c r="H6" s="36"/>
+      <c r="I6" s="37"/>
+      <c r="J6" s="37"/>
+      <c r="K6" s="38"/>
     </row>
     <row r="7" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="14"/>
       <c r="C7" s="6"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="8"/>
-      <c r="H7" s="31"/>
-[...2 lines deleted...]
-      <c r="K7" s="33"/>
+      <c r="H7" s="36"/>
+      <c r="I7" s="37"/>
+      <c r="J7" s="37"/>
+      <c r="K7" s="38"/>
     </row>
     <row r="8" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="14"/>
       <c r="C8" s="6"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="8"/>
-      <c r="H8" s="31"/>
-[...2 lines deleted...]
-      <c r="K8" s="33"/>
+      <c r="H8" s="36"/>
+      <c r="I8" s="37"/>
+      <c r="J8" s="37"/>
+      <c r="K8" s="38"/>
     </row>
     <row r="9" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="14"/>
       <c r="C9" s="6"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="8"/>
-      <c r="H9" s="31"/>
-[...2 lines deleted...]
-      <c r="K9" s="33"/>
+      <c r="H9" s="36"/>
+      <c r="I9" s="37"/>
+      <c r="J9" s="37"/>
+      <c r="K9" s="38"/>
     </row>
     <row r="10" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="14"/>
       <c r="C10" s="6"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="8"/>
-      <c r="H10" s="31"/>
-[...2 lines deleted...]
-      <c r="K10" s="33"/>
+      <c r="H10" s="36"/>
+      <c r="I10" s="37"/>
+      <c r="J10" s="37"/>
+      <c r="K10" s="38"/>
     </row>
     <row r="11" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="14"/>
       <c r="C11" s="6"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="8"/>
-      <c r="H11" s="31"/>
-[...2 lines deleted...]
-      <c r="K11" s="33"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="37"/>
+      <c r="J11" s="37"/>
+      <c r="K11" s="38"/>
     </row>
     <row r="12" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15"/>
       <c r="C12" s="6"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
-      <c r="H12" s="31"/>
-[...2 lines deleted...]
-      <c r="K12" s="33"/>
+      <c r="H12" s="36"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+      <c r="K12" s="38"/>
     </row>
     <row r="13" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="14"/>
       <c r="C13" s="6"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="8"/>
-      <c r="H13" s="31"/>
-[...2 lines deleted...]
-      <c r="K13" s="33"/>
+      <c r="H13" s="36"/>
+      <c r="I13" s="37"/>
+      <c r="J13" s="37"/>
+      <c r="K13" s="38"/>
     </row>
     <row r="14" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="14"/>
       <c r="C14" s="6"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="8"/>
-      <c r="H14" s="31"/>
-[...2 lines deleted...]
-      <c r="K14" s="33"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="37"/>
+      <c r="J14" s="37"/>
+      <c r="K14" s="38"/>
     </row>
     <row r="15" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="14"/>
       <c r="C15" s="6"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="8"/>
-      <c r="H15" s="31"/>
-[...2 lines deleted...]
-      <c r="K15" s="33"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="38"/>
     </row>
     <row r="16" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="14"/>
       <c r="C16" s="6"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="8"/>
-      <c r="H16" s="31"/>
-[...2 lines deleted...]
-      <c r="K16" s="33"/>
+      <c r="H16" s="36"/>
+      <c r="I16" s="37"/>
+      <c r="J16" s="37"/>
+      <c r="K16" s="38"/>
     </row>
     <row r="17" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="14"/>
       <c r="C17" s="6"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="8"/>
-      <c r="H17" s="31"/>
-[...2 lines deleted...]
-      <c r="K17" s="33"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="37"/>
+      <c r="J17" s="37"/>
+      <c r="K17" s="38"/>
     </row>
     <row r="18" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="14"/>
       <c r="C18" s="6"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="8"/>
-      <c r="H18" s="31"/>
-[...2 lines deleted...]
-      <c r="K18" s="33"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="37"/>
+      <c r="J18" s="37"/>
+      <c r="K18" s="38"/>
     </row>
     <row r="19" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="14"/>
       <c r="C19" s="6"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="8"/>
-      <c r="H19" s="31"/>
-[...2 lines deleted...]
-      <c r="K19" s="33"/>
+      <c r="H19" s="36"/>
+      <c r="I19" s="37"/>
+      <c r="J19" s="37"/>
+      <c r="K19" s="38"/>
     </row>
     <row r="20" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="14"/>
       <c r="C20" s="6"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="8"/>
-      <c r="H20" s="31"/>
-[...2 lines deleted...]
-      <c r="K20" s="33"/>
+      <c r="H20" s="36"/>
+      <c r="I20" s="37"/>
+      <c r="J20" s="37"/>
+      <c r="K20" s="38"/>
     </row>
     <row r="21" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="14"/>
       <c r="C21" s="6"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="8"/>
-      <c r="H21" s="31"/>
-[...2 lines deleted...]
-      <c r="K21" s="33"/>
+      <c r="H21" s="36"/>
+      <c r="I21" s="37"/>
+      <c r="J21" s="37"/>
+      <c r="K21" s="38"/>
     </row>
     <row r="22" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="14"/>
       <c r="C22" s="6"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="8"/>
-      <c r="H22" s="31"/>
-[...2 lines deleted...]
-      <c r="K22" s="33"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="37"/>
+      <c r="J22" s="37"/>
+      <c r="K22" s="38"/>
     </row>
     <row r="23" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="14"/>
       <c r="C23" s="6"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
-      <c r="H23" s="31"/>
-[...2 lines deleted...]
-      <c r="K23" s="33"/>
+      <c r="H23" s="36"/>
+      <c r="I23" s="37"/>
+      <c r="J23" s="37"/>
+      <c r="K23" s="38"/>
     </row>
     <row r="24" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="14"/>
       <c r="C24" s="6"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="8"/>
-      <c r="H24" s="31"/>
-[...2 lines deleted...]
-      <c r="K24" s="33"/>
+      <c r="H24" s="36"/>
+      <c r="I24" s="37"/>
+      <c r="J24" s="37"/>
+      <c r="K24" s="38"/>
     </row>
     <row r="25" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14"/>
       <c r="C25" s="6"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="8"/>
-      <c r="H25" s="31"/>
-[...2 lines deleted...]
-      <c r="K25" s="33"/>
+      <c r="H25" s="36"/>
+      <c r="I25" s="37"/>
+      <c r="J25" s="37"/>
+      <c r="K25" s="38"/>
     </row>
     <row r="26" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="14"/>
       <c r="C26" s="6"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="8"/>
-      <c r="H26" s="31"/>
-[...2 lines deleted...]
-      <c r="K26" s="33"/>
+      <c r="H26" s="36"/>
+      <c r="I26" s="37"/>
+      <c r="J26" s="37"/>
+      <c r="K26" s="38"/>
     </row>
     <row r="27" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="14"/>
       <c r="C27" s="6"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="8"/>
-      <c r="H27" s="31"/>
-[...2 lines deleted...]
-      <c r="K27" s="33"/>
+      <c r="H27" s="36"/>
+      <c r="I27" s="37"/>
+      <c r="J27" s="37"/>
+      <c r="K27" s="38"/>
     </row>
     <row r="28" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="14"/>
       <c r="C28" s="6"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="8"/>
-      <c r="H28" s="31"/>
-[...2 lines deleted...]
-      <c r="K28" s="33"/>
+      <c r="H28" s="36"/>
+      <c r="I28" s="37"/>
+      <c r="J28" s="37"/>
+      <c r="K28" s="38"/>
     </row>
     <row r="29" spans="2:11" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="16"/>
       <c r="C29" s="7"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="9"/>
-      <c r="H29" s="51"/>
-[...2 lines deleted...]
-      <c r="K29" s="53"/>
+      <c r="H29" s="33"/>
+      <c r="I29" s="34"/>
+      <c r="J29" s="34"/>
+      <c r="K29" s="35"/>
     </row>
     <row r="30" spans="2:11" ht="14.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B30" s="19" t="s">
         <v>0</v>
       </c>
       <c r="C30" s="20">
-        <f>SUM(C5:C29)*0.7</f>
+        <f>SUM(C5:C29)*0.725</f>
         <v>0</v>
       </c>
       <c r="D30" s="21">
         <f>SUM(D5:D29)</f>
         <v>0</v>
       </c>
       <c r="E30" s="21">
         <f>SUM(E5:E29)</f>
         <v>0</v>
       </c>
       <c r="F30" s="21">
         <f>SUM(F5:F29)</f>
         <v>0</v>
       </c>
       <c r="G30" s="21">
         <f>SUM(G5:G29)</f>
         <v>0</v>
       </c>
-      <c r="H30" s="60"/>
-[...2 lines deleted...]
-      <c r="K30" s="62"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="46"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="47"/>
     </row>
     <row r="31" spans="2:11" ht="27.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="57" t="s">
+      <c r="B31" s="42" t="s">
         <v>13</v>
       </c>
-      <c r="C31" s="58"/>
-[...7 lines deleted...]
-      <c r="K31" s="59"/>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="44"/>
     </row>
     <row r="32" spans="2:11" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B32" s="22" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="25"/>
       <c r="J32" s="25"/>
       <c r="K32" s="26"/>
     </row>
     <row r="33" spans="2:11" ht="24.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B33" s="13"/>
       <c r="C33" s="4"/>
-      <c r="E33" s="34"/>
-      <c r="F33" s="34"/>
+      <c r="E33" s="58"/>
+      <c r="F33" s="58"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="35" t="s">
+      <c r="I33" s="59" t="s">
         <v>2</v>
       </c>
-      <c r="J33" s="36"/>
-      <c r="K33" s="54">
+      <c r="J33" s="60"/>
+      <c r="K33" s="39">
         <f>SUM(C30:G30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:11" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="31" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="50"/>
+      <c r="C34" s="32"/>
       <c r="D34" s="11"/>
-      <c r="E34" s="56" t="s">
+      <c r="E34" s="41" t="s">
         <v>8</v>
       </c>
-      <c r="F34" s="56"/>
+      <c r="F34" s="41"/>
       <c r="G34" s="11"/>
       <c r="H34" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="I34" s="37"/>
-[...1 lines deleted...]
-      <c r="K34" s="55"/>
+      <c r="I34" s="61"/>
+      <c r="J34" s="62"/>
+      <c r="K34" s="40"/>
     </row>
     <row r="35" spans="2:11" ht="33.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="39" t="s">
+      <c r="B35" s="48" t="s">
         <v>12</v>
       </c>
-      <c r="C35" s="40"/>
-[...7 lines deleted...]
-      <c r="K35" s="41"/>
+      <c r="C35" s="49"/>
+      <c r="D35" s="49"/>
+      <c r="E35" s="49"/>
+      <c r="F35" s="49"/>
+      <c r="G35" s="49"/>
+      <c r="H35" s="49"/>
+      <c r="I35" s="49"/>
+      <c r="J35" s="49"/>
+      <c r="K35" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="B34:C34"/>
-[...7 lines deleted...]
-    <mergeCell ref="H30:K30"/>
+    <mergeCell ref="H11:K11"/>
+    <mergeCell ref="H19:K19"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="H12:K12"/>
+    <mergeCell ref="H13:K13"/>
+    <mergeCell ref="H14:K14"/>
+    <mergeCell ref="H15:K15"/>
+    <mergeCell ref="H20:K20"/>
+    <mergeCell ref="H21:K21"/>
+    <mergeCell ref="I33:J34"/>
+    <mergeCell ref="H22:K22"/>
     <mergeCell ref="B35:K35"/>
     <mergeCell ref="H7:K7"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="C3:J3"/>
     <mergeCell ref="H27:K27"/>
     <mergeCell ref="H28:K28"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="H26:K26"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="H6:K6"/>
     <mergeCell ref="H16:K16"/>
     <mergeCell ref="H17:K17"/>
     <mergeCell ref="H18:K18"/>
     <mergeCell ref="H8:K8"/>
     <mergeCell ref="H9:K9"/>
     <mergeCell ref="H10:K10"/>
-    <mergeCell ref="H11:K11"/>
-[...9 lines deleted...]
-    <mergeCell ref="H22:K22"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="H29:K29"/>
+    <mergeCell ref="H23:K23"/>
+    <mergeCell ref="H24:K24"/>
+    <mergeCell ref="H25:K25"/>
+    <mergeCell ref="K33:K34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="B31:K31"/>
+    <mergeCell ref="H30:K30"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="97" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="5" min="1" max="32" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>